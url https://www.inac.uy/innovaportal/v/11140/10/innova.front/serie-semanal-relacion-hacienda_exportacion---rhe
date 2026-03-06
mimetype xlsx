--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\GIF\VAS\PUBLICACIONES\OTROS INFORMES WEB\11_Indicador RHE\Sistema\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E156CC54-1DC5-4328-BC7C-FBD0FEB64BE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="11_58A141BF73B22D89EC9F29DD71F37E2A092FCBD1" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Serie RHE" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>SERIES HISTORICAS</t>
   </si>
   <si>
     <t>GIF - Gerencia de Información</t>
   </si>
   <si>
     <t>RELACION HACIENDA/EXPORTACION (RHE)</t>
   </si>
   <si>
     <t>El indicador de la Relación Hacienda Exportación es calculado a partir de promedios móviles (3 semanas) de los precios promedio de</t>
   </si>
   <si>
     <t>hacienda en USD/kg en 4ta balanza (ponderados) y el ingreso promedio de exportación de carne bovina en UDS/kg peso canal (ponderado).</t>
   </si>
@@ -977,55 +977,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G1099"/>
+  <dimension ref="A1:G1111"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane ySplit="7" topLeftCell="A1083" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C12" sqref="C12"/>
+      <pane ySplit="7" topLeftCell="A1108" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C1111" sqref="C1111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="11.5703125" style="25" customWidth="1"/>
     <col min="3" max="7" width="11.5703125" style="26" customWidth="1"/>
     <col min="8" max="8" width="11.5703125" hidden="1" customWidth="1"/>
     <col min="9" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="3"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="5" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="6"/>
@@ -25197,109 +25197,109 @@
       </c>
       <c r="C1055" s="22">
         <v>4.7417072091994701</v>
       </c>
       <c r="D1055" s="22">
         <v>4.2192320075461298</v>
       </c>
       <c r="E1055" s="22">
         <v>3.8757846417147399</v>
       </c>
       <c r="F1055" s="23">
         <v>0.88981285039285496</v>
       </c>
       <c r="G1055" s="24">
         <v>0.81738168780123299</v>
       </c>
     </row>
     <row r="1056" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1056" s="21">
         <v>45690</v>
       </c>
       <c r="B1056" s="21">
         <v>45696</v>
       </c>
       <c r="C1056" s="22">
-        <v>4.65809856955463</v>
+        <v>4.65794240739584</v>
       </c>
       <c r="D1056" s="22">
         <v>4.2341220551421301</v>
       </c>
       <c r="E1056" s="22">
         <v>3.8684343659159901</v>
       </c>
       <c r="F1056" s="23">
-        <v>0.90898077658046705</v>
+        <v>0.90901125106639902</v>
       </c>
       <c r="G1056" s="24">
-        <v>0.83047499063246699</v>
+        <v>0.83050283313372897</v>
       </c>
     </row>
     <row r="1057" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1057" s="21">
         <v>45697</v>
       </c>
       <c r="B1057" s="21">
         <v>45703</v>
       </c>
       <c r="C1057" s="22">
-        <v>4.5734153944528799</v>
+        <v>4.5732821783497197</v>
       </c>
       <c r="D1057" s="22">
         <v>4.2505679320055698</v>
       </c>
       <c r="E1057" s="22">
         <v>3.8666674966644701</v>
       </c>
       <c r="F1057" s="23">
-        <v>0.92940779819849895</v>
+        <v>0.92943487111468803</v>
       </c>
       <c r="G1057" s="24">
-        <v>0.84546606051887796</v>
+        <v>0.84549068827844998</v>
       </c>
     </row>
     <row r="1058" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1058" s="21">
         <v>45704</v>
       </c>
       <c r="B1058" s="21">
         <v>45710</v>
       </c>
       <c r="C1058" s="22">
-        <v>4.6971194503171203</v>
+        <v>4.6969873150105697</v>
       </c>
       <c r="D1058" s="22">
         <v>4.2634536810865296</v>
       </c>
       <c r="E1058" s="22">
         <v>3.8864035899757301</v>
       </c>
       <c r="F1058" s="23">
-        <v>0.90767410243285995</v>
+        <v>0.90769963705489198</v>
       </c>
       <c r="G1058" s="24">
-        <v>0.82740148107439404</v>
+        <v>0.82742475747286204</v>
       </c>
     </row>
     <row r="1059" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1059" s="21">
         <v>45711</v>
       </c>
       <c r="B1059" s="21">
         <v>45717</v>
       </c>
       <c r="C1059" s="22">
         <v>4.8016813042193798</v>
       </c>
       <c r="D1059" s="22">
         <v>4.2808793931896503</v>
       </c>
       <c r="E1059" s="22">
         <v>3.9215943716458299</v>
       </c>
       <c r="F1059" s="23">
         <v>0.89153759318177095</v>
       </c>
       <c r="G1059" s="24">
         <v>0.81671275605063798</v>
       </c>
     </row>
@@ -25312,937 +25312,1213 @@
       </c>
       <c r="C1060" s="22">
         <v>4.9027684857752698</v>
       </c>
       <c r="D1060" s="22">
         <v>4.3324647432303998</v>
       </c>
       <c r="E1060" s="22">
         <v>3.9700790337994598</v>
       </c>
       <c r="F1060" s="23">
         <v>0.88367720315582199</v>
       </c>
       <c r="G1060" s="24">
         <v>0.809762697406194</v>
       </c>
     </row>
     <row r="1061" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1061" s="21">
         <v>45725</v>
       </c>
       <c r="B1061" s="21">
         <v>45731</v>
       </c>
       <c r="C1061" s="22">
-        <v>4.7596185357540799</v>
+        <v>4.7595857639116499</v>
       </c>
       <c r="D1061" s="22">
         <v>4.4064674317631001</v>
       </c>
       <c r="E1061" s="22">
         <v>4.0399727691349501</v>
       </c>
       <c r="F1061" s="23">
-        <v>0.92580264545611801</v>
+        <v>0.92580902001472998</v>
       </c>
       <c r="G1061" s="24">
-        <v>0.84880179762029695</v>
+        <v>0.84880764199418801</v>
       </c>
     </row>
     <row r="1062" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1062" s="21">
         <v>45732</v>
       </c>
       <c r="B1062" s="21">
         <v>45738</v>
       </c>
       <c r="C1062" s="22">
-        <v>4.68244888493797</v>
+        <v>4.6823715842770399</v>
       </c>
       <c r="D1062" s="22">
         <v>4.4694772920453003</v>
       </c>
       <c r="E1062" s="22">
         <v>4.1235646418593497</v>
       </c>
       <c r="F1062" s="23">
-        <v>0.95451704906427604</v>
+        <v>0.95453280706156896</v>
       </c>
       <c r="G1062" s="24">
-        <v>0.88064274553505995</v>
+        <v>0.88065728395112597</v>
       </c>
     </row>
     <row r="1063" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1063" s="21">
         <v>45739</v>
       </c>
       <c r="B1063" s="21">
         <v>45745</v>
       </c>
       <c r="C1063" s="22">
-        <v>4.6782765399737896</v>
+        <v>4.6782110091743103</v>
       </c>
       <c r="D1063" s="22">
         <v>4.5241715613334001</v>
       </c>
       <c r="E1063" s="22">
         <v>4.2036233933112799</v>
       </c>
       <c r="F1063" s="23">
-        <v>0.96705945505280999</v>
+        <v>0.96707300129497598</v>
       </c>
       <c r="G1063" s="24">
-        <v>0.89854102411287495</v>
+        <v>0.898553610572006</v>
       </c>
     </row>
     <row r="1064" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1064" s="21">
         <v>45746</v>
       </c>
       <c r="B1064" s="21">
         <v>45752</v>
       </c>
       <c r="C1064" s="22">
-        <v>4.7097386572169802</v>
+        <v>4.7096753780927703</v>
       </c>
       <c r="D1064" s="22">
         <v>4.5638721406232401</v>
       </c>
       <c r="E1064" s="22">
         <v>4.2670507328334502</v>
       </c>
       <c r="F1064" s="23">
-        <v>0.969028745072676</v>
+        <v>0.96904176492763505</v>
       </c>
       <c r="G1064" s="24">
-        <v>0.90600584095994796</v>
+        <v>0.90601801404016002</v>
       </c>
     </row>
     <row r="1065" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1065" s="21">
         <v>45753</v>
       </c>
       <c r="B1065" s="21">
         <v>45759</v>
       </c>
       <c r="C1065" s="22">
-        <v>4.7166910033673997</v>
+        <v>4.7165420031587999</v>
       </c>
       <c r="D1065" s="22">
         <v>4.60645273168159</v>
       </c>
       <c r="E1065" s="22">
         <v>4.3004182822402299</v>
       </c>
       <c r="F1065" s="23">
-        <v>0.97662804885732102</v>
+        <v>0.97665890149955403</v>
       </c>
       <c r="G1065" s="24">
-        <v>0.91174475478042005</v>
+        <v>0.91177355769547097</v>
       </c>
     </row>
     <row r="1066" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1066" s="21">
         <v>45760</v>
       </c>
       <c r="B1066" s="21">
         <v>45766</v>
       </c>
       <c r="C1066" s="22">
-        <v>4.68141126908899</v>
+        <v>4.6812232001805496</v>
       </c>
       <c r="D1066" s="22">
         <v>4.6190387275587703</v>
       </c>
       <c r="E1066" s="22">
         <v>4.3150259679660898</v>
       </c>
       <c r="F1066" s="23">
-        <v>0.98667655158988898</v>
+        <v>0.98671619148188106</v>
       </c>
       <c r="G1066" s="24">
-        <v>0.92173614321345498</v>
+        <v>0.92177317411390902</v>
       </c>
     </row>
     <row r="1067" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1067" s="21">
         <v>45767</v>
       </c>
       <c r="B1067" s="21">
         <v>45773</v>
       </c>
       <c r="C1067" s="22">
-        <v>4.8368250221304203</v>
+        <v>4.8365299498377103</v>
       </c>
       <c r="D1067" s="22">
         <v>4.6329700063207504</v>
       </c>
       <c r="E1067" s="22">
         <v>4.3174501077261196</v>
       </c>
       <c r="F1067" s="23">
-        <v>0.95785354754886698</v>
+        <v>0.957911985322496</v>
       </c>
       <c r="G1067" s="24">
-        <v>0.89262069394117904</v>
+        <v>0.89267515191774804</v>
       </c>
     </row>
     <row r="1068" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1068" s="21">
         <v>45774</v>
       </c>
       <c r="B1068" s="21">
         <v>45780</v>
       </c>
       <c r="C1068" s="22">
-        <v>4.9242732339207702</v>
+        <v>4.9219385449615896</v>
       </c>
       <c r="D1068" s="22">
         <v>4.62931872278907</v>
       </c>
       <c r="E1068" s="22">
         <v>4.3178219408608696</v>
       </c>
       <c r="F1068" s="23">
-        <v>0.94010192019811001</v>
+        <v>0.940547851319261</v>
       </c>
       <c r="G1068" s="24">
-        <v>0.87684450796061297</v>
+        <v>0.87726043334711501</v>
       </c>
     </row>
     <row r="1069" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1069" s="21">
         <v>45781</v>
       </c>
       <c r="B1069" s="21">
         <v>45787</v>
       </c>
       <c r="C1069" s="22">
-        <v>4.9987625850722797</v>
+        <v>4.9969345857472298</v>
       </c>
       <c r="D1069" s="22">
         <v>4.6343701602228897</v>
       </c>
       <c r="E1069" s="22">
         <v>4.3287500091008404</v>
       </c>
       <c r="F1069" s="23">
-        <v>0.92710347438032703</v>
+        <v>0.92744263121665005</v>
       </c>
       <c r="G1069" s="24">
-        <v>0.86596431325378598</v>
+        <v>0.86628110390873303</v>
       </c>
     </row>
     <row r="1070" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1070" s="21">
         <v>45788</v>
       </c>
       <c r="B1070" s="21">
         <v>45794</v>
       </c>
       <c r="C1070" s="22">
-        <v>4.9985047771104201</v>
+        <v>4.9963252996781504</v>
       </c>
       <c r="D1070" s="22">
         <v>4.6549611771913399</v>
       </c>
       <c r="E1070" s="22">
         <v>4.35103833802407</v>
       </c>
       <c r="F1070" s="23">
-        <v>0.93127072689972001</v>
+        <v>0.93167696216481399</v>
       </c>
       <c r="G1070" s="24">
-        <v>0.87046797633338702</v>
+        <v>0.870847688461029</v>
       </c>
     </row>
     <row r="1071" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1071" s="21">
         <v>45795</v>
       </c>
       <c r="B1071" s="21">
         <v>45801</v>
       </c>
       <c r="C1071" s="22">
-        <v>5.0827700127064803</v>
+        <v>5.0820584498094004</v>
       </c>
       <c r="D1071" s="22">
         <v>4.6702247228944502</v>
       </c>
       <c r="E1071" s="22">
         <v>4.3773229695192599</v>
       </c>
       <c r="F1071" s="23">
-        <v>0.91883455502005795</v>
+        <v>0.91896320536604703</v>
       </c>
       <c r="G1071" s="24">
-        <v>0.86120815196759504</v>
+        <v>0.861328733769959</v>
       </c>
     </row>
     <row r="1072" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1072" s="21">
         <v>45802</v>
       </c>
       <c r="B1072" s="21">
         <v>45808</v>
       </c>
       <c r="C1072" s="22">
-        <v>5.1737637564196604</v>
+        <v>5.1730300807043301</v>
       </c>
       <c r="D1072" s="22">
         <v>4.6983158916497096</v>
       </c>
       <c r="E1072" s="22">
         <v>4.4176163765335197</v>
       </c>
       <c r="F1072" s="23">
-        <v>0.90810406366544905</v>
+        <v>0.908232857406856</v>
       </c>
       <c r="G1072" s="24">
-        <v>0.85384965075996999</v>
+        <v>0.85397074975679299</v>
       </c>
     </row>
     <row r="1073" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1073" s="21">
         <v>45809</v>
       </c>
       <c r="B1073" s="21">
         <v>45815</v>
       </c>
       <c r="C1073" s="22">
         <v>5.0049469524905899</v>
       </c>
       <c r="D1073" s="22">
         <v>4.7461352188974004</v>
       </c>
       <c r="E1073" s="22">
         <v>4.4846938053052501</v>
       </c>
       <c r="F1073" s="23">
         <v>0.94828881583562197</v>
       </c>
       <c r="G1073" s="24">
         <v>0.89605221551320502</v>
       </c>
     </row>
     <row r="1074" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1074" s="21">
         <v>45816</v>
       </c>
       <c r="B1074" s="21">
         <v>45822</v>
       </c>
       <c r="C1074" s="22">
-        <v>4.9018071374335603</v>
+        <v>4.90171602126044</v>
       </c>
       <c r="D1074" s="22">
         <v>4.8083551507440196</v>
       </c>
       <c r="E1074" s="22">
         <v>4.5593119456301396</v>
       </c>
       <c r="F1074" s="23">
-        <v>0.98093519714884803</v>
+        <v>0.980953431387807</v>
       </c>
       <c r="G1074" s="24">
-        <v>0.93012879083146804</v>
+        <v>0.93014608064906801</v>
       </c>
     </row>
     <row r="1075" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1075" s="21">
         <v>45823</v>
       </c>
       <c r="B1075" s="21">
         <v>45829</v>
       </c>
       <c r="C1075" s="22">
-        <v>4.8182254484372198</v>
+        <v>4.8181354610354603</v>
       </c>
       <c r="D1075" s="22">
         <v>4.8713450195604198</v>
       </c>
       <c r="E1075" s="22">
         <v>4.6434335426298503</v>
       </c>
       <c r="F1075" s="23">
-        <v>1.0110247168157001</v>
+        <v>1.01104359953249</v>
       </c>
       <c r="G1075" s="24">
-        <v>0.96372276314632399</v>
+        <v>0.96374076241350504</v>
       </c>
     </row>
     <row r="1076" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1076" s="21">
         <v>45830</v>
       </c>
       <c r="B1076" s="21">
         <v>45836</v>
       </c>
       <c r="C1076" s="22">
-        <v>4.8732535645196</v>
+        <v>4.8730027942967702</v>
       </c>
       <c r="D1076" s="22">
         <v>4.9141505984208198</v>
       </c>
       <c r="E1076" s="22">
         <v>4.6968263350457304</v>
       </c>
       <c r="F1076" s="23">
-        <v>1.0083921415866799</v>
+        <v>1.0084440345842201</v>
       </c>
       <c r="G1076" s="24">
-        <v>0.96379682954353796</v>
+        <v>0.96384642761600103</v>
       </c>
     </row>
     <row r="1077" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1077" s="21">
         <v>45837</v>
       </c>
       <c r="B1077" s="21">
         <v>45843</v>
       </c>
       <c r="C1077" s="22">
-        <v>5.0083736752584098</v>
+        <v>5.0081774172445401</v>
       </c>
       <c r="D1077" s="22">
         <v>4.9734600994787996</v>
       </c>
       <c r="E1077" s="22">
         <v>4.73894862594556</v>
       </c>
       <c r="F1077" s="23">
-        <v>0.99302895948996805</v>
+        <v>0.99306787382447903</v>
       </c>
       <c r="G1077" s="24">
-        <v>0.94620508237158496</v>
+        <v>0.946242161794837</v>
       </c>
     </row>
     <row r="1078" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1078" s="21">
         <v>45844</v>
       </c>
       <c r="B1078" s="21">
         <v>45850</v>
       </c>
       <c r="C1078" s="22">
-        <v>4.8774927818438201</v>
+        <v>4.8817901027328299</v>
       </c>
       <c r="D1078" s="22">
         <v>5.0142512271484403</v>
       </c>
       <c r="E1078" s="22">
         <v>4.7791731833634499</v>
       </c>
       <c r="F1078" s="23">
-        <v>1.0280386771280701</v>
+        <v>1.02713371972741</v>
       </c>
       <c r="G1078" s="24">
-        <v>0.97984218472934204</v>
+        <v>0.97897965352669802</v>
       </c>
     </row>
     <row r="1079" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1079" s="21">
         <v>45851</v>
       </c>
       <c r="B1079" s="21">
         <v>45857</v>
       </c>
       <c r="C1079" s="22">
-        <v>4.98186974254397</v>
+        <v>4.9875095590109604</v>
       </c>
       <c r="D1079" s="22">
         <v>5.0561746101244296</v>
       </c>
       <c r="E1079" s="22">
         <v>4.8233616459729198</v>
       </c>
       <c r="F1079" s="23">
-        <v>1.0149150562781499</v>
+        <v>1.01376740240816</v>
       </c>
       <c r="G1079" s="24">
-        <v>0.96818301064409096</v>
+        <v>0.96708820081528002</v>
       </c>
     </row>
     <row r="1080" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1080" s="21">
         <v>45858</v>
       </c>
       <c r="B1080" s="21">
         <v>45864</v>
       </c>
       <c r="C1080" s="22">
-        <v>5.0857825199337503</v>
+        <v>5.0913678209622102</v>
       </c>
       <c r="D1080" s="22">
         <v>5.0659999999999998</v>
       </c>
       <c r="E1080" s="22">
         <v>4.8419999999999996</v>
       </c>
       <c r="F1080" s="23">
-        <v>0.996110230853126</v>
+        <v>0.99501748413112701</v>
       </c>
       <c r="G1080" s="24">
-        <v>0.95206587796897701</v>
+        <v>0.95102144851222203</v>
       </c>
     </row>
     <row r="1081" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1081" s="21">
         <v>45865</v>
       </c>
       <c r="B1081" s="21">
         <v>45871</v>
       </c>
       <c r="C1081" s="22">
-        <v>5.2533059896754102</v>
+        <v>5.2536595714588801</v>
       </c>
       <c r="D1081" s="22">
         <v>5.0683357774399003</v>
       </c>
       <c r="E1081" s="22">
         <v>4.8343159489661502</v>
       </c>
       <c r="F1081" s="23">
-        <v>0.96478975094939301</v>
+        <v>0.96472481867196402</v>
       </c>
       <c r="G1081" s="24">
-        <v>0.92024259741718395</v>
+        <v>0.92018066325217096</v>
       </c>
     </row>
     <row r="1082" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1082" s="21">
         <v>45872</v>
       </c>
       <c r="B1082" s="21">
         <v>45878</v>
       </c>
       <c r="C1082" s="22">
-        <v>5.3105108786061397</v>
+        <v>5.3114258155033296</v>
       </c>
       <c r="D1082" s="22">
         <v>5.0844229549552002</v>
       </c>
       <c r="E1082" s="22">
         <v>4.8302317174386999</v>
       </c>
       <c r="F1082" s="23">
-        <v>0.95742633264122501</v>
+        <v>0.957261408060047</v>
       </c>
       <c r="G1082" s="24">
-        <v>0.90956064827919303</v>
+        <v>0.90940396895686904</v>
       </c>
     </row>
     <row r="1083" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1083" s="21">
         <v>45879</v>
       </c>
       <c r="B1083" s="21">
         <v>45885</v>
       </c>
       <c r="C1083" s="22">
-        <v>5.4782902315973496</v>
+        <v>5.4838606838287998</v>
       </c>
       <c r="D1083" s="22">
         <v>5.10953763714478</v>
       </c>
       <c r="E1083" s="22">
         <v>4.8333831863082004</v>
       </c>
       <c r="F1083" s="23">
-        <v>0.932688379245463</v>
+        <v>0.93174096348073598</v>
       </c>
       <c r="G1083" s="24">
-        <v>0.88227950363609997</v>
+        <v>0.88138329271588201</v>
       </c>
     </row>
     <row r="1084" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1084" s="21">
         <v>45886</v>
       </c>
       <c r="B1084" s="21">
         <v>45892</v>
       </c>
       <c r="C1084" s="22">
-        <v>5.5354962209973904</v>
+        <v>5.5403044341495704</v>
       </c>
       <c r="D1084" s="22">
         <v>5.1521132891269099</v>
       </c>
       <c r="E1084" s="22">
         <v>4.8519158002845399</v>
       </c>
       <c r="F1084" s="23">
-        <v>0.93074100016251105</v>
+        <v>0.929933246514414</v>
       </c>
       <c r="G1084" s="24">
-        <v>0.87650964007167398</v>
+        <v>0.875748951696244</v>
       </c>
     </row>
     <row r="1085" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1085" s="21">
         <v>45893</v>
       </c>
       <c r="B1085" s="21">
         <v>45899</v>
       </c>
       <c r="C1085" s="22">
-        <v>5.3831732746316998</v>
+        <v>5.3874809012198996</v>
       </c>
       <c r="D1085" s="22">
         <v>5.1896018629525402</v>
       </c>
       <c r="E1085" s="22">
         <v>4.8877393237932196</v>
       </c>
       <c r="F1085" s="23">
-        <v>0.96404139309589398</v>
+        <v>0.96327058194813198</v>
       </c>
       <c r="G1085" s="24">
-        <v>0.90796618916704197</v>
+        <v>0.90724021363796903</v>
       </c>
     </row>
     <row r="1086" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1086" s="21">
         <v>45900</v>
       </c>
       <c r="B1086" s="21">
         <v>45906</v>
       </c>
       <c r="C1086" s="22">
-        <v>5.1014542936288096</v>
+        <v>5.1042988893296304</v>
       </c>
       <c r="D1086" s="22">
         <v>5.2283014486369304</v>
       </c>
       <c r="E1086" s="22">
         <v>4.9261761807706597</v>
       </c>
       <c r="F1086" s="23">
-        <v>1.0248649008120201</v>
+        <v>1.0242937496404301</v>
       </c>
       <c r="G1086" s="24">
-        <v>0.96564154008455005</v>
+        <v>0.96510339374300202</v>
       </c>
     </row>
     <row r="1087" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1087" s="21">
         <v>45907</v>
       </c>
       <c r="B1087" s="21">
         <v>45913</v>
       </c>
       <c r="C1087" s="22">
-        <v>5.0359551933583599</v>
+        <v>5.0452549814251899</v>
       </c>
       <c r="D1087" s="22">
         <v>5.2433315368379398</v>
       </c>
       <c r="E1087" s="22">
         <v>4.9860656590407597</v>
       </c>
       <c r="F1087" s="23">
-        <v>1.04117914785125</v>
+        <v>1.0392599692467499</v>
       </c>
       <c r="G1087" s="24">
-        <v>0.99009333236653896</v>
+        <v>0.98826831892494105</v>
       </c>
     </row>
     <row r="1088" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1088" s="21">
         <v>45914</v>
       </c>
       <c r="B1088" s="21">
         <v>45920</v>
       </c>
       <c r="C1088" s="22">
-        <v>5.0722311396468696</v>
+        <v>5.0787406771830197</v>
       </c>
       <c r="D1088" s="22">
         <v>5.2786061270141298</v>
       </c>
       <c r="E1088" s="22">
         <v>5.0420171179412403</v>
       </c>
       <c r="F1088" s="23">
-        <v>1.0406872206107001</v>
+        <v>1.0393533481102999</v>
       </c>
       <c r="G1088" s="24">
-        <v>0.99404324825233903</v>
+        <v>0.99276916039309304</v>
       </c>
     </row>
     <row r="1089" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1089" s="21">
         <v>45921</v>
       </c>
       <c r="B1089" s="21">
         <v>45927</v>
       </c>
       <c r="C1089" s="22">
-        <v>5.2364226071354603</v>
+        <v>5.24337466569414</v>
       </c>
       <c r="D1089" s="22">
         <v>5.3347972671349799</v>
       </c>
       <c r="E1089" s="22">
         <v>5.1036488218285303</v>
       </c>
       <c r="F1089" s="23">
-        <v>1.0187866158597401</v>
+        <v>1.01743583231597</v>
       </c>
       <c r="G1089" s="24">
-        <v>0.97464418071872005</v>
+        <v>0.97335192451918395</v>
       </c>
     </row>
     <row r="1090" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1090" s="21">
         <v>45928</v>
       </c>
       <c r="B1090" s="21">
         <v>45934</v>
       </c>
       <c r="C1090" s="22">
-        <v>5.0992801653481603</v>
+        <v>5.1029669661071502</v>
       </c>
       <c r="D1090" s="22">
         <v>5.4137344540788197</v>
       </c>
       <c r="E1090" s="22">
         <v>5.1556004019576198</v>
       </c>
       <c r="F1090" s="23">
-        <v>1.06166640751915</v>
+        <v>1.0608993728620499</v>
       </c>
       <c r="G1090" s="24">
-        <v>1.0110447425486</v>
+        <v>1.01031428112313</v>
       </c>
     </row>
     <row r="1091" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1091" s="21">
         <v>45935</v>
       </c>
       <c r="B1091" s="21">
         <v>45941</v>
       </c>
       <c r="C1091" s="22">
-        <v>4.8332405086790997</v>
+        <v>4.8402419167248203</v>
       </c>
       <c r="D1091" s="22">
         <v>5.44807802464722</v>
       </c>
       <c r="E1091" s="22">
         <v>5.1856974673893603</v>
       </c>
       <c r="F1091" s="23">
-        <v>1.1272102050092601</v>
+        <v>1.12557969588712</v>
       </c>
       <c r="G1091" s="24">
-        <v>1.0729235298920801</v>
+        <v>1.0713715464243401</v>
       </c>
     </row>
     <row r="1092" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1092" s="21">
         <v>45942</v>
       </c>
       <c r="B1092" s="21">
         <v>45948</v>
       </c>
       <c r="C1092" s="22">
-        <v>4.7000347584289202</v>
+        <v>4.71069375575936</v>
       </c>
       <c r="D1092" s="22">
         <v>5.4671386803007103</v>
       </c>
       <c r="E1092" s="22">
         <v>5.1985090518471999</v>
       </c>
       <c r="F1092" s="23">
-        <v>1.16321239337562</v>
+        <v>1.16058036539024</v>
       </c>
       <c r="G1092" s="24">
-        <v>1.10605757596246</v>
+        <v>1.10355487352398</v>
       </c>
     </row>
     <row r="1093" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1093" s="21">
         <v>45949</v>
       </c>
       <c r="B1093" s="21">
         <v>45955</v>
       </c>
       <c r="C1093" s="22">
-        <v>5.1173457231355703</v>
+        <v>5.1158720579360297</v>
       </c>
       <c r="D1093" s="22">
         <v>5.4611167321715497</v>
       </c>
       <c r="E1093" s="22">
         <v>5.1845039001324098</v>
       </c>
       <c r="F1093" s="23">
-        <v>1.06717760097423</v>
+        <v>1.06748500946187</v>
       </c>
       <c r="G1093" s="24">
-        <v>1.01312363491355</v>
+        <v>1.0134154727520801</v>
       </c>
     </row>
     <row r="1094" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1094" s="21">
         <v>45956</v>
       </c>
       <c r="B1094" s="21">
         <v>45962</v>
       </c>
       <c r="C1094" s="22">
-        <v>5.1073547446223202</v>
+        <v>5.1113687535705896</v>
       </c>
       <c r="D1094" s="22">
         <v>5.4611426372482503</v>
       </c>
       <c r="E1094" s="22">
         <v>5.1578916202101599</v>
       </c>
       <c r="F1094" s="23">
-        <v>1.0692702798838201</v>
+        <v>1.06843057125028</v>
       </c>
       <c r="G1094" s="24">
-        <v>1.0098949217578901</v>
+        <v>1.00910184118629</v>
       </c>
     </row>
     <row r="1095" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1095" s="21">
         <v>45963</v>
       </c>
       <c r="B1095" s="21">
         <v>45969</v>
       </c>
       <c r="C1095" s="22">
-        <v>5.4123104521120098</v>
+        <v>5.4124269872174704</v>
       </c>
       <c r="D1095" s="22">
         <v>5.45665254532795</v>
       </c>
       <c r="E1095" s="22">
         <v>5.1015984048619698</v>
       </c>
       <c r="F1095" s="23">
-        <v>1.0081928214592</v>
+        <v>1.0081711140334899</v>
       </c>
       <c r="G1095" s="24">
-        <v>0.94259160667164099</v>
+        <v>0.94257131170737596</v>
       </c>
     </row>
     <row r="1096" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1096" s="21">
         <v>45970</v>
       </c>
       <c r="B1096" s="21">
         <v>45976</v>
       </c>
       <c r="C1096" s="22">
-        <v>5.2266666666666701</v>
+        <v>5.2318158332854896</v>
       </c>
       <c r="D1096" s="22">
         <v>5.4197853984186803</v>
       </c>
       <c r="E1096" s="22">
         <v>5.0102580940674599</v>
       </c>
       <c r="F1096" s="23">
-        <v>1.03694873694235</v>
+        <v>1.0359281693245601</v>
       </c>
       <c r="G1096" s="24">
-        <v>0.95859529860984505</v>
+        <v>0.95765184664787795</v>
       </c>
     </row>
     <row r="1097" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1097" s="21">
         <v>45977</v>
       </c>
       <c r="B1097" s="21">
         <v>45983</v>
       </c>
       <c r="C1097" s="22">
-        <v>5.7272968667020701</v>
+        <v>5.7384647651006704</v>
       </c>
       <c r="D1097" s="22">
         <v>5.37610581533679</v>
       </c>
       <c r="E1097" s="22">
         <v>4.9242900939317797</v>
       </c>
       <c r="F1097" s="23">
-        <v>0.93868118598721995</v>
+        <v>0.93685437401870597</v>
       </c>
       <c r="G1097" s="24">
-        <v>0.85979305919361404</v>
+        <v>0.85811977514954496</v>
       </c>
     </row>
     <row r="1098" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1098" s="21">
         <v>45984</v>
       </c>
       <c r="B1098" s="21">
         <v>45990</v>
       </c>
       <c r="C1098" s="22">
-        <v>5.5899029942637499</v>
+        <v>5.5672694188559104</v>
       </c>
       <c r="D1098" s="22">
         <v>5.3293799221744997</v>
       </c>
       <c r="E1098" s="22">
         <v>4.8617357715807099</v>
       </c>
       <c r="F1098" s="23">
-        <v>0.953393990493826</v>
+        <v>0.95726998663371698</v>
       </c>
       <c r="G1098" s="24">
-        <v>0.86973526670672596</v>
+        <v>0.87327115068553895</v>
       </c>
     </row>
     <row r="1099" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1099" s="21">
         <v>45991</v>
       </c>
       <c r="B1099" s="21">
         <v>45997</v>
       </c>
       <c r="C1099" s="22">
-        <v>5.7289379647812497</v>
+        <v>5.57735628384735</v>
       </c>
       <c r="D1099" s="22">
         <v>5.3159999999999998</v>
       </c>
       <c r="E1099" s="22">
         <v>4.8460000000000001</v>
       </c>
       <c r="F1099" s="23">
-        <v>0.927920677912766</v>
+        <v>0.95313975465324596</v>
       </c>
       <c r="G1099" s="24">
-        <v>0.84588103934636305</v>
+        <v>0.86887043849692103</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1100" s="21">
+        <v>45998</v>
+      </c>
+      <c r="B1100" s="21">
+        <v>46004</v>
+      </c>
+      <c r="C1100" s="22">
+        <v>5.1397393791715196</v>
+      </c>
+      <c r="D1100" s="22">
+        <v>5.31650966086446</v>
+      </c>
+      <c r="E1100" s="22">
+        <v>4.8446246739137599</v>
+      </c>
+      <c r="F1100" s="23">
+        <v>1.03439284925794</v>
+      </c>
+      <c r="G1100" s="24">
+        <v>0.94258177633409002</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1101" s="21">
+        <v>46005</v>
+      </c>
+      <c r="B1101" s="21">
+        <v>46011</v>
+      </c>
+      <c r="C1101" s="22">
+        <v>5.2244424042771502</v>
+      </c>
+      <c r="D1101" s="22">
+        <v>5.3027418324944096</v>
+      </c>
+      <c r="E1101" s="22">
+        <v>4.8220912024912499</v>
+      </c>
+      <c r="F1101" s="23">
+        <v>1.01498713588136</v>
+      </c>
+      <c r="G1101" s="24">
+        <v>0.92298676669178903</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1102" s="21">
+        <v>46012</v>
+      </c>
+      <c r="B1102" s="21">
+        <v>46018</v>
+      </c>
+      <c r="C1102" s="22">
+        <v>5.2039499523088102</v>
+      </c>
+      <c r="D1102" s="22">
+        <v>5.2825191486375296</v>
+      </c>
+      <c r="E1102" s="22">
+        <v>4.7905111596438097</v>
+      </c>
+      <c r="F1102" s="23">
+        <v>1.01509799230368</v>
+      </c>
+      <c r="G1102" s="24">
+        <v>0.92055288839171501</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1103" s="21">
+        <v>46019</v>
+      </c>
+      <c r="B1103" s="21">
+        <v>46025</v>
+      </c>
+      <c r="C1103" s="22">
+        <v>5.3228479007129597</v>
+      </c>
+      <c r="D1103" s="22">
+        <v>5.2662505818999801</v>
+      </c>
+      <c r="E1103" s="22">
+        <v>4.7631880578599999</v>
+      </c>
+      <c r="F1103" s="23">
+        <v>0.98936709823975899</v>
+      </c>
+      <c r="G1103" s="24">
+        <v>0.89485706650043395</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1104" s="21">
+        <v>46026</v>
+      </c>
+      <c r="B1104" s="21">
+        <v>46032</v>
+      </c>
+      <c r="C1104" s="22">
+        <v>5.3154323541580499</v>
+      </c>
+      <c r="D1104" s="22">
+        <v>5.2820578971781798</v>
+      </c>
+      <c r="E1104" s="22">
+        <v>4.7829078717910596</v>
+      </c>
+      <c r="F1104" s="23">
+        <v>0.99372121499133403</v>
+      </c>
+      <c r="G1104" s="24">
+        <v>0.89981539658755905</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1105" s="21">
+        <v>46033</v>
+      </c>
+      <c r="B1105" s="21">
+        <v>46039</v>
+      </c>
+      <c r="C1105" s="22">
+        <v>5.3338664197634804</v>
+      </c>
+      <c r="D1105" s="22">
+        <v>5.3169455097377396</v>
+      </c>
+      <c r="E1105" s="22">
+        <v>4.8194999862193804</v>
+      </c>
+      <c r="F1105" s="23">
+        <v>0.99682764645866595</v>
+      </c>
+      <c r="G1105" s="24">
+        <v>0.903565932652863</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1106" s="21">
+        <v>46040</v>
+      </c>
+      <c r="B1106" s="21">
+        <v>46046</v>
+      </c>
+      <c r="C1106" s="22">
+        <v>5.4315629242604997</v>
+      </c>
+      <c r="D1106" s="22">
+        <v>5.3350921965883797</v>
+      </c>
+      <c r="E1106" s="22">
+        <v>4.8406773647979104</v>
+      </c>
+      <c r="F1106" s="23">
+        <v>0.98223886402176597</v>
+      </c>
+      <c r="G1106" s="24">
+        <v>0.89121260902209998</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1107" s="21">
+        <v>46047</v>
+      </c>
+      <c r="B1107" s="21">
+        <v>46053</v>
+      </c>
+      <c r="C1107" s="22">
+        <v>5.3196791750214798</v>
+      </c>
+      <c r="D1107" s="22">
+        <v>5.3819959399209996</v>
+      </c>
+      <c r="E1107" s="22">
+        <v>4.91071132675581</v>
+      </c>
+      <c r="F1107" s="23">
+        <v>1.01171438405386</v>
+      </c>
+      <c r="G1107" s="24">
+        <v>0.92312170813120098</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1108" s="21">
+        <v>46054</v>
+      </c>
+      <c r="B1108" s="21">
+        <v>46060</v>
+      </c>
+      <c r="C1108" s="22">
+        <v>5.3614321162708301</v>
+      </c>
+      <c r="D1108" s="22">
+        <v>5.4425629388244099</v>
+      </c>
+      <c r="E1108" s="22">
+        <v>4.9938291765767397</v>
+      </c>
+      <c r="F1108" s="23">
+        <v>1.01513230435341</v>
+      </c>
+      <c r="G1108" s="24">
+        <v>0.931435681414582</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1109" s="21">
+        <v>46061</v>
+      </c>
+      <c r="B1109" s="21">
+        <v>46067</v>
+      </c>
+      <c r="C1109" s="22">
+        <v>5.4551830002407904</v>
+      </c>
+      <c r="D1109" s="22">
+        <v>5.5234268213948603</v>
+      </c>
+      <c r="E1109" s="22">
+        <v>5.1090195353337204</v>
+      </c>
+      <c r="F1109" s="23">
+        <v>1.01250990501163</v>
+      </c>
+      <c r="G1109" s="24">
+        <v>0.93654411503852597</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1110" s="21">
+        <v>46068</v>
+      </c>
+      <c r="B1110" s="21">
+        <v>46074</v>
+      </c>
+      <c r="C1110" s="22">
+        <v>5.4384238042987203</v>
+      </c>
+      <c r="D1110" s="22">
+        <v>5.5920161662124803</v>
+      </c>
+      <c r="E1110" s="22">
+        <v>5.1870368781098701</v>
+      </c>
+      <c r="F1110" s="23">
+        <v>1.0282420729683399</v>
+      </c>
+      <c r="G1110" s="24">
+        <v>0.95377577488717602</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A1111" s="21">
+        <v>46075</v>
+      </c>
+      <c r="B1111" s="21">
+        <v>46081</v>
+      </c>
+      <c r="C1111" s="22">
+        <v>5.4647872489818798</v>
+      </c>
+      <c r="D1111" s="22">
+        <v>5.6572246860737501</v>
+      </c>
+      <c r="E1111" s="22">
+        <v>5.2817381391709004</v>
+      </c>
+      <c r="F1111" s="23">
+        <v>1.03521407665554</v>
+      </c>
+      <c r="G1111" s="24">
+        <v>0.96650389091632205</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C6:E6"/>
     <mergeCell ref="F6:G6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>