--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,103 +1,103 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\GIF\Análisis sectorial\Indicadores y Precios\Cueros\ingreso cuero\Ingreso datos cueros - semanales\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AF606DD-AE1E-4773-8E81-732B8476946E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{683670B1-6B4A-43FC-AD5E-D94BB811CB2A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Datos" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E191" i="1" l="1"/>
   <c r="E179" i="1"/>
   <c r="E167" i="1"/>
   <c r="E155" i="1"/>
   <c r="E143" i="1"/>
   <c r="E131" i="1"/>
   <c r="E119" i="1"/>
   <c r="E107" i="1"/>
   <c r="E95" i="1"/>
   <c r="E83" i="1"/>
   <c r="E71" i="1"/>
   <c r="E59" i="1"/>
   <c r="E47" i="1"/>
   <c r="E35" i="1"/>
   <c r="E23" i="1"/>
   <c r="E11" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="22">
   <si>
     <t>En USD por kg referidos a Novillos y Vacas gordos</t>
   </si>
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>USD/Kg</t>
   </si>
   <si>
     <t>Ene</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Abr</t>
   </si>
   <si>
@@ -737,55 +737,55 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E321"/>
+  <dimension ref="A1:E324"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="79" zoomScaleNormal="79" workbookViewId="0">
       <pane ySplit="10" topLeftCell="A316" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C326" sqref="C326"/>
+      <selection pane="bottomLeft" activeCell="B325" sqref="B325"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="2" width="7.85546875" style="3" customWidth="1"/>
     <col min="3" max="3" width="26.140625" style="8" customWidth="1"/>
     <col min="4" max="16384" width="11.42578125" style="3" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C1" s="10"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C2" s="14" t="s">
         <v>19</v>
       </c>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
     </row>
     <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C3" s="11"/>
     </row>
     <row r="4" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.2">
@@ -4284,50 +4284,83 @@
       </c>
       <c r="C319" s="8">
         <v>0.13</v>
       </c>
     </row>
     <row r="320" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="4">
         <v>2025</v>
       </c>
       <c r="B320" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C320" s="8">
         <v>0.17</v>
       </c>
     </row>
     <row r="321" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="4">
         <v>2025</v>
       </c>
       <c r="B321" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="8">
         <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A322" s="4">
+        <v>2025</v>
+      </c>
+      <c r="B322" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C322" s="8">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A323" s="4">
+        <v>2026</v>
+      </c>
+      <c r="B323" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C323" s="8">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A324" s="4">
+        <v>2026</v>
+      </c>
+      <c r="B324" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C324" s="8">
+        <v>0.15</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>