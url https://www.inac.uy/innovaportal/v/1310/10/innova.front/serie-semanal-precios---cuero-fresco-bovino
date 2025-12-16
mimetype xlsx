--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\GIF\Análisis sectorial\Indicadores y Precios\Cueros\ingreso cuero\Ingreso datos cueros - semanales\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Análisis sectorial\Indicadores y Precios\Cueros\ingreso cuero\Ingreso datos cueros - semanales\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4D7E140D-4038-49C5-8B94-3A52F42BBFB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1629192A-A7E2-4EEF-AF4C-B90FFEA4FA1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CUERO" sheetId="5" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="866" uniqueCount="866">
   <si>
     <t>13/05/2001</t>
   </si>
@@ -3319,56 +3319,56 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C1358"/>
+  <dimension ref="A1:C1364"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A1336" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="6" topLeftCell="A1333" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A4" sqref="A4"/>
-      <selection pane="bottomLeft" activeCell="C1359" sqref="C1359"/>
+      <selection pane="bottomLeft" activeCell="C1366" sqref="C1366"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="11.45" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="10.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="26.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="16383" width="0" style="1" hidden="1"/>
     <col min="16384" max="16384" width="0" style="1" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="11.25" x14ac:dyDescent="0.15">
       <c r="C1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="11.25" x14ac:dyDescent="0.15">
       <c r="C2" s="2" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="9"/>
       <c r="B4" s="9"/>
       <c r="C4" s="9"/>
@@ -18207,50 +18207,116 @@
       </c>
       <c r="C1356" s="4">
         <v>0.17</v>
       </c>
     </row>
     <row r="1357" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1357" s="14">
         <v>45942</v>
       </c>
       <c r="B1357" s="14">
         <v>45948</v>
       </c>
       <c r="C1357" s="4">
         <v>0.15</v>
       </c>
     </row>
     <row r="1358" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1358" s="14">
         <v>45949</v>
       </c>
       <c r="B1358" s="14">
         <v>45955</v>
       </c>
       <c r="C1358" s="4">
         <v>0.16</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1359" s="14">
+        <v>45956</v>
+      </c>
+      <c r="B1359" s="14">
+        <v>45962</v>
+      </c>
+      <c r="C1359" s="4">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1360" s="14">
+        <v>45963</v>
+      </c>
+      <c r="B1360" s="14">
+        <v>45969</v>
+      </c>
+      <c r="C1360" s="4">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1361" s="14">
+        <v>45970</v>
+      </c>
+      <c r="B1361" s="14">
+        <v>45976</v>
+      </c>
+      <c r="C1361" s="4">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1362" s="14">
+        <v>45977</v>
+      </c>
+      <c r="B1362" s="14">
+        <v>45983</v>
+      </c>
+      <c r="C1362" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1363" s="14">
+        <v>45984</v>
+      </c>
+      <c r="B1363" s="14">
+        <v>45990</v>
+      </c>
+      <c r="C1363" s="4">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1364" s="14">
+        <v>45991</v>
+      </c>
+      <c r="B1364" s="14">
+        <v>45997</v>
+      </c>
+      <c r="C1364" s="4">
+        <v>0.13</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A10:C1053">
     <sortCondition ref="A10:A1053"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>