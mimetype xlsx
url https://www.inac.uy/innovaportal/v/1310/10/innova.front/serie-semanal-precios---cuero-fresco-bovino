--- v1 (2025-12-16)
+++ v2 (2026-03-06)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Análisis sectorial\Indicadores y Precios\Cueros\ingreso cuero\Ingreso datos cueros - semanales\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\GIF\Análisis sectorial\Indicadores y Precios\Cueros\ingreso cuero\Ingreso datos cueros - semanales\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1629192A-A7E2-4EEF-AF4C-B90FFEA4FA1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AEEDBD0-A3A6-4CB7-9CB7-DC6351C05B40}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="0" showVerticalScroll="0" showSheetTabs="0" xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CUERO" sheetId="5" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="866" uniqueCount="866">
   <si>
     <t>13/05/2001</t>
   </si>
@@ -3319,56 +3319,56 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C1364"/>
+  <dimension ref="A1:C1376"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A1333" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="6" topLeftCell="A1354" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A4" sqref="A4"/>
-      <selection pane="bottomLeft" activeCell="C1366" sqref="C1366"/>
+      <selection pane="bottomLeft" activeCell="C1376" sqref="C1376"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="11.45" customHeight="1" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="10.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="11.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="26.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="16383" width="0" style="1" hidden="1"/>
     <col min="16384" max="16384" width="0" style="1" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="11.25" x14ac:dyDescent="0.15">
       <c r="C1" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="11.25" x14ac:dyDescent="0.15">
       <c r="C2" s="2" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="9"/>
       <c r="B4" s="9"/>
       <c r="C4" s="9"/>
@@ -18273,50 +18273,182 @@
       </c>
       <c r="C1362" s="4">
         <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="1363" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1363" s="14">
         <v>45984</v>
       </c>
       <c r="B1363" s="14">
         <v>45990</v>
       </c>
       <c r="C1363" s="4">
         <v>0.13</v>
       </c>
     </row>
     <row r="1364" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A1364" s="14">
         <v>45991</v>
       </c>
       <c r="B1364" s="14">
         <v>45997</v>
       </c>
       <c r="C1364" s="4">
         <v>0.13</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1365" s="14">
+        <v>45998</v>
+      </c>
+      <c r="B1365" s="14">
+        <v>46004</v>
+      </c>
+      <c r="C1365" s="4">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1366" s="14">
+        <v>46005</v>
+      </c>
+      <c r="B1366" s="14">
+        <v>46011</v>
+      </c>
+      <c r="C1366" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1367" s="14">
+        <v>46012</v>
+      </c>
+      <c r="B1367" s="14">
+        <v>46018</v>
+      </c>
+      <c r="C1367" s="4">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1368" s="14">
+        <v>46019</v>
+      </c>
+      <c r="B1368" s="14">
+        <v>46025</v>
+      </c>
+      <c r="C1368" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1369" s="14">
+        <v>46026</v>
+      </c>
+      <c r="B1369" s="14">
+        <v>46032</v>
+      </c>
+      <c r="C1369" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1370" s="14">
+        <v>46033</v>
+      </c>
+      <c r="B1370" s="14">
+        <v>46039</v>
+      </c>
+      <c r="C1370" s="4">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1371" s="14">
+        <v>46040</v>
+      </c>
+      <c r="B1371" s="14">
+        <v>46046</v>
+      </c>
+      <c r="C1371" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1372" s="14">
+        <v>46047</v>
+      </c>
+      <c r="B1372" s="14">
+        <v>46053</v>
+      </c>
+      <c r="C1372" s="4">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1373" s="14">
+        <v>46054</v>
+      </c>
+      <c r="B1373" s="14">
+        <v>46060</v>
+      </c>
+      <c r="C1373" s="4">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1374" s="14">
+        <v>46061</v>
+      </c>
+      <c r="B1374" s="14">
+        <v>46067</v>
+      </c>
+      <c r="C1374" s="4">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1375" s="14">
+        <v>46068</v>
+      </c>
+      <c r="B1375" s="14">
+        <v>46074</v>
+      </c>
+      <c r="C1375" s="4">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:3" ht="11.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A1376" s="14">
+        <v>46075</v>
+      </c>
+      <c r="B1376" s="14">
+        <v>46081</v>
+      </c>
+      <c r="C1376" s="4">
+        <v>0.15</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A10:C1053">
     <sortCondition ref="A10:A1053"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A9:B9"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>