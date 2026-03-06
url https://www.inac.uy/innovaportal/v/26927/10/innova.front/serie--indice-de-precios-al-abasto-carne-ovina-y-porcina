--- v0 (2025-12-16)
+++ v1 (2026-03-06)
@@ -1,126 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\GIF\Co-working\Mercado Doméstico\Solicitudes de información\ARCE\Porcino y Ovino\Metodología I-0.7%\Actualizaciones mensuales web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2D7CAD8F-D833-4E24-88B7-63AFF84830D8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F0CBD85-B6F7-4758-A595-831B62801E84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="tabla" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">tabla!$A$1:$G$54</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>Instituto Nacional de Carnes</t>
   </si>
   <si>
     <t>Gerencia de Información</t>
   </si>
   <si>
     <t>Índice de precios carne ovina</t>
   </si>
   <si>
     <t>Índice de precios carne porcina</t>
   </si>
   <si>
     <t>Índice de precios al abasto- carne ovina y carne porcina, enero 2024=100</t>
   </si>
   <si>
-    <t>Los índices de precios al abasto son calculados a partir de las declaraciónes mensuales</t>
-[...4 lines deleted...]
-  <si>
     <t>Nota metodológica</t>
   </si>
   <si>
     <t>En la especie porcina se considera el origen nacional e importado destino abasto.</t>
   </si>
   <si>
     <t>En la especie ovina se considera el origen nacional destino abasto.</t>
+  </si>
+  <si>
+    <t>Los índices de precios al abasto son calculados a partir de las declaraciónes mensuales de los contribuyebtes del 0,7% INAC.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -260,50 +257,57 @@
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Verdana"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="39">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -770,82 +774,83 @@
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="33" borderId="10">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="34" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="35" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="36" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="37" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="38" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="50">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="DatGrales" xfId="49" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
@@ -889,51 +894,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>68580</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>866678</xdr:colOff>
       <xdr:row>2</xdr:row>
-      <xdr:rowOff>127635</xdr:rowOff>
+      <xdr:rowOff>108585</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Imagen 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94A77065-6391-4C19-8BF8-23AE2E8E0062}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
@@ -1255,593 +1260,601 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{30756372-4892-4A24-8075-9AB2B6AA8AF7}">
   <dimension ref="A1:DXD63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A43" sqref="A43"/>
+      <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.42578125" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.42578125" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="1" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="13.5703125" style="1" customWidth="1"/>
     <col min="8" max="9" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="10" max="3332" width="0" hidden="1" customWidth="1"/>
     <col min="3333" max="16384" width="11.42578125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="1"/>
       <c r="C1" s="3"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="G1" s="10" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="9"/>
       <c r="G2" s="10" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="B3" s="2"/>
       <c r="C3" s="8"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="15"/>
       <c r="C4" s="15"/>
       <c r="D4" s="15"/>
       <c r="E4" s="15"/>
       <c r="F4" s="15"/>
       <c r="G4" s="16"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A5" s="11"/>
-[...1 lines deleted...]
-      <c r="C5" s="11"/>
+      <c r="A5" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="8"/>
     </row>
     <row r="6" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A6" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="8"/>
+      <c r="A6" s="17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="17"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="11" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="11" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
     </row>
-    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="G9" s="11"/>
+    <row r="9" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="B9" s="3"/>
+      <c r="C9" s="4"/>
+      <c r="D9" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="J9" s="1"/>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A10" s="11" t="s">
-[...9 lines deleted...]
-    <row r="11" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="B10" s="3"/>
+      <c r="C10" s="6">
+        <v>44927</v>
+      </c>
+      <c r="D10" s="7">
+        <v>103.89972144846797</v>
+      </c>
+      <c r="E10" s="7">
+        <v>94.34850863422291</v>
+      </c>
+      <c r="J10" s="1"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B11" s="3"/>
-      <c r="C11" s="4"/>
-[...4 lines deleted...]
-        <v>3</v>
+      <c r="C11" s="6">
+        <v>44958</v>
+      </c>
+      <c r="D11" s="7">
+        <v>100</v>
+      </c>
+      <c r="E11" s="7">
+        <v>91.679748822605958</v>
       </c>
       <c r="J11" s="1"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B12" s="3"/>
       <c r="C12" s="6">
-        <v>44927</v>
+        <v>44986</v>
       </c>
       <c r="D12" s="7">
-        <v>103.89972144846797</v>
+        <v>91.754874651810582</v>
       </c>
       <c r="E12" s="7">
-        <v>94.34850863422291</v>
+        <v>98.11616954474097</v>
       </c>
       <c r="J12" s="1"/>
     </row>
     <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B13" s="3"/>
       <c r="C13" s="6">
-        <v>44958</v>
+        <v>45017</v>
       </c>
       <c r="D13" s="7">
-        <v>100</v>
+        <v>94.261838440111418</v>
       </c>
       <c r="E13" s="7">
-        <v>91.679748822605958</v>
+        <v>100.54945054945054</v>
       </c>
       <c r="J13" s="1"/>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B14" s="3"/>
       <c r="C14" s="6">
-        <v>44986</v>
+        <v>45047</v>
       </c>
       <c r="D14" s="7">
-        <v>91.754874651810582</v>
+        <v>100.50139275766017</v>
       </c>
       <c r="E14" s="7">
-        <v>98.11616954474097</v>
+        <v>97.802197802197796</v>
       </c>
       <c r="J14" s="1"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B15" s="3"/>
       <c r="C15" s="6">
-        <v>45017</v>
+        <v>45078</v>
       </c>
       <c r="D15" s="7">
-        <v>94.261838440111418</v>
+        <v>87.855153203342624</v>
       </c>
       <c r="E15" s="7">
-        <v>100.54945054945054</v>
+        <v>96.467817896389334</v>
       </c>
       <c r="J15" s="1"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B16" s="3"/>
       <c r="C16" s="6">
-        <v>45047</v>
+        <v>45108</v>
       </c>
       <c r="D16" s="7">
-        <v>100.50139275766017</v>
+        <v>89.749303621169915</v>
       </c>
       <c r="E16" s="7">
         <v>97.802197802197796</v>
       </c>
       <c r="J16" s="1"/>
     </row>
     <row r="17" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B17" s="3"/>
       <c r="C17" s="6">
-        <v>45078</v>
+        <v>45139</v>
       </c>
       <c r="D17" s="7">
-        <v>87.855153203342624</v>
+        <v>101.4484679665738</v>
       </c>
       <c r="E17" s="7">
-        <v>96.467817896389334</v>
+        <v>95.761381475667179</v>
       </c>
       <c r="J17" s="1"/>
     </row>
     <row r="18" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B18" s="3"/>
       <c r="C18" s="6">
-        <v>45108</v>
+        <v>45170</v>
       </c>
       <c r="D18" s="7">
-        <v>89.749303621169915</v>
+        <v>89.526462395543177</v>
       </c>
       <c r="E18" s="7">
-        <v>97.802197802197796</v>
+        <v>95.604395604395592</v>
       </c>
       <c r="J18" s="1"/>
     </row>
     <row r="19" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B19" s="3"/>
       <c r="C19" s="6">
-        <v>45139</v>
+        <v>45200</v>
       </c>
       <c r="D19" s="7">
-        <v>101.4484679665738</v>
+        <v>88.913649025069631</v>
       </c>
       <c r="E19" s="7">
-        <v>95.761381475667179</v>
+        <v>96.389324960753527</v>
       </c>
       <c r="J19" s="1"/>
     </row>
     <row r="20" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B20" s="3"/>
       <c r="C20" s="6">
-        <v>45170</v>
+        <v>45231</v>
       </c>
       <c r="D20" s="7">
-        <v>89.526462395543177</v>
+        <v>84.401114206128142</v>
       </c>
       <c r="E20" s="7">
-        <v>95.604395604395592</v>
+        <v>101.49136577708006</v>
       </c>
       <c r="J20" s="1"/>
     </row>
     <row r="21" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B21" s="3"/>
       <c r="C21" s="6">
-        <v>45200</v>
+        <v>45261</v>
       </c>
       <c r="D21" s="7">
-        <v>88.913649025069631</v>
+        <v>89.972144846796652</v>
       </c>
       <c r="E21" s="7">
-        <v>96.389324960753527</v>
+        <v>103.29670329670328</v>
       </c>
       <c r="J21" s="1"/>
     </row>
     <row r="22" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B22" s="3"/>
       <c r="C22" s="6">
-        <v>45231</v>
+        <v>45292</v>
       </c>
       <c r="D22" s="7">
-        <v>84.401114206128142</v>
+        <v>100</v>
       </c>
       <c r="E22" s="7">
-        <v>101.49136577708006</v>
+        <v>100</v>
       </c>
       <c r="J22" s="1"/>
     </row>
     <row r="23" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B23" s="3"/>
       <c r="C23" s="6">
-        <v>45261</v>
+        <v>45323</v>
       </c>
       <c r="D23" s="7">
-        <v>89.972144846796652</v>
+        <v>87.743732590529248</v>
       </c>
       <c r="E23" s="7">
-        <v>103.29670329670328</v>
+        <v>101.0014806481548</v>
       </c>
       <c r="J23" s="1"/>
     </row>
     <row r="24" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B24" s="3"/>
       <c r="C24" s="6">
-        <v>45292</v>
+        <v>45352</v>
       </c>
       <c r="D24" s="7">
-        <v>100</v>
+        <v>88.412256267409461</v>
       </c>
       <c r="E24" s="7">
-        <v>100</v>
+        <v>97.802197802197796</v>
       </c>
       <c r="J24" s="1"/>
     </row>
     <row r="25" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B25" s="3"/>
       <c r="C25" s="6">
-        <v>45323</v>
+        <v>45383</v>
       </c>
       <c r="D25" s="7">
-        <v>87.743732590529248</v>
+        <v>89.526462395543177</v>
       </c>
       <c r="E25" s="7">
-        <v>101.0014806481548</v>
+        <v>96.23233908948194</v>
       </c>
       <c r="J25" s="1"/>
     </row>
-    <row r="26" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B26" s="3"/>
+    <row r="26" spans="2:10" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="C26" s="6">
-        <v>45352</v>
+        <v>45413</v>
       </c>
       <c r="D26" s="7">
-        <v>88.412256267409461</v>
+        <v>86.771159660503344</v>
       </c>
       <c r="E26" s="7">
-        <v>97.802197802197796</v>
-[...1 lines deleted...]
-      <c r="J26" s="1"/>
+        <v>95.274637277016538</v>
+      </c>
     </row>
     <row r="27" spans="2:10" x14ac:dyDescent="0.25">
-      <c r="B27" s="3"/>
+      <c r="B27" s="1"/>
       <c r="C27" s="6">
-        <v>45383</v>
+        <v>45444</v>
       </c>
       <c r="D27" s="7">
-        <v>89.526462395543177</v>
+        <v>103.72499300075586</v>
       </c>
       <c r="E27" s="7">
-        <v>96.23233908948194</v>
+        <v>96.829392803884176</v>
       </c>
       <c r="J27" s="1"/>
     </row>
-    <row r="28" spans="2:10" s="1" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="2:10" x14ac:dyDescent="0.25">
+      <c r="B28" s="1"/>
       <c r="C28" s="6">
-        <v>45413</v>
+        <v>45474</v>
       </c>
       <c r="D28" s="7">
-        <v>86.771159660503344</v>
+        <v>90.685082346250397</v>
       </c>
       <c r="E28" s="7">
-        <v>95.274637277016538</v>
-      </c>
+        <v>98.248336101319083</v>
+      </c>
+      <c r="J28" s="1"/>
     </row>
     <row r="29" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B29" s="1"/>
       <c r="C29" s="6">
-        <v>45444</v>
+        <v>45505</v>
       </c>
       <c r="D29" s="7">
-        <v>103.72499300075586</v>
+        <v>103.12228285860687</v>
       </c>
       <c r="E29" s="7">
-        <v>96.829392803884176</v>
+        <v>100.70883139384661</v>
       </c>
       <c r="J29" s="1"/>
     </row>
     <row r="30" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B30" s="1"/>
       <c r="C30" s="6">
-        <v>45474</v>
+        <v>45536</v>
       </c>
       <c r="D30" s="7">
-        <v>90.685082346250397</v>
+        <v>104.80985721444962</v>
       </c>
       <c r="E30" s="7">
-        <v>98.248336101319083</v>
+        <v>104.28300325959661</v>
       </c>
       <c r="J30" s="1"/>
     </row>
     <row r="31" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B31" s="1"/>
       <c r="C31" s="6">
-        <v>45505</v>
+        <v>45566</v>
       </c>
       <c r="D31" s="7">
-        <v>103.12228285860687</v>
+        <v>114.88304871107215</v>
       </c>
       <c r="E31" s="7">
-        <v>100.70883139384661</v>
+        <v>108.53894475824997</v>
       </c>
       <c r="J31" s="1"/>
     </row>
     <row r="32" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B32" s="1"/>
       <c r="C32" s="6">
-        <v>45536</v>
+        <v>45597</v>
       </c>
       <c r="D32" s="7">
-        <v>104.80985721444962</v>
+        <v>113.34298292381351</v>
       </c>
       <c r="E32" s="7">
-        <v>104.28300325959661</v>
+        <v>111.68947238226963</v>
       </c>
       <c r="J32" s="1"/>
     </row>
     <row r="33" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B33" s="1"/>
       <c r="C33" s="6">
-        <v>45566</v>
+        <v>45627</v>
       </c>
       <c r="D33" s="7">
-        <v>114.88304871107215</v>
+        <v>121.4442644309883</v>
       </c>
       <c r="E33" s="7">
-        <v>108.53894475824997</v>
+        <v>116.62431169335605</v>
       </c>
       <c r="J33" s="1"/>
     </row>
     <row r="34" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B34" s="1"/>
       <c r="C34" s="6">
-        <v>45597</v>
+        <v>45658</v>
       </c>
       <c r="D34" s="7">
-        <v>113.34298292381351</v>
+        <v>115.98204006588621</v>
       </c>
       <c r="E34" s="7">
-        <v>111.68947238226963</v>
+        <v>115.81933164071607</v>
       </c>
       <c r="J34" s="1"/>
     </row>
     <row r="35" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B35" s="1"/>
       <c r="C35" s="6">
-        <v>45627</v>
+        <v>45689</v>
       </c>
       <c r="D35" s="7">
-        <v>121.4442644309883</v>
+        <v>104.13390206379083</v>
       </c>
       <c r="E35" s="7">
-        <v>116.62431169335605</v>
-[...1 lines deleted...]
-      <c r="J35" s="1"/>
+        <v>114.45297126539469</v>
+      </c>
     </row>
     <row r="36" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B36" s="1"/>
       <c r="C36" s="6">
-        <v>45658</v>
+        <v>45717</v>
       </c>
       <c r="D36" s="7">
-        <v>115.98204006588621</v>
+        <v>134.85056986538527</v>
       </c>
       <c r="E36" s="7">
-        <v>115.81933164071607</v>
-[...1 lines deleted...]
-      <c r="J36" s="1"/>
+        <v>117.9387428584689</v>
+      </c>
     </row>
     <row r="37" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B37" s="1"/>
       <c r="C37" s="6">
-        <v>45689</v>
+        <v>45748</v>
       </c>
       <c r="D37" s="7">
-        <v>104.13390206379083</v>
+        <v>138.19037846188684</v>
       </c>
       <c r="E37" s="7">
-        <v>114.45297126539469</v>
+        <v>116.96079088373847</v>
       </c>
     </row>
     <row r="38" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B38" s="1"/>
       <c r="C38" s="6">
-        <v>45717</v>
+        <v>45778</v>
       </c>
       <c r="D38" s="7">
-        <v>134.85056986538527</v>
+        <v>137.33946659596236</v>
       </c>
       <c r="E38" s="7">
-        <v>117.9387428584689</v>
+        <v>118.94773047298359</v>
       </c>
     </row>
     <row r="39" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B39" s="1"/>
       <c r="C39" s="6">
-        <v>45748</v>
+        <v>45809</v>
       </c>
       <c r="D39" s="7">
-        <v>138.19037846188684</v>
+        <v>134.13666561557002</v>
       </c>
       <c r="E39" s="7">
-        <v>116.96079088373847</v>
+        <v>118.53924559596751</v>
       </c>
     </row>
     <row r="40" spans="2:10" x14ac:dyDescent="0.25">
       <c r="B40" s="1"/>
       <c r="C40" s="6">
-        <v>45778</v>
+        <v>45839</v>
       </c>
       <c r="D40" s="7">
-        <v>137.33946659596236</v>
+        <v>133.19647449441197</v>
       </c>
       <c r="E40" s="7">
-        <v>118.94773047298359</v>
-[...2 lines deleted...]
-    <row r="41" spans="2:10" x14ac:dyDescent="0.25">
+        <v>116.55871365285444</v>
+      </c>
+    </row>
+    <row r="41" spans="2:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B41" s="1"/>
       <c r="C41" s="6">
-        <v>45809</v>
+        <v>45870</v>
       </c>
       <c r="D41" s="7">
-        <v>134.13666561557002</v>
+        <v>128.27296364604169</v>
       </c>
       <c r="E41" s="7">
-        <v>118.53924559596751</v>
-[...2 lines deleted...]
-    <row r="42" spans="2:10" x14ac:dyDescent="0.25">
+        <v>117.52459901222494</v>
+      </c>
+    </row>
+    <row r="42" spans="2:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B42" s="1"/>
       <c r="C42" s="6">
-        <v>45839</v>
+        <v>45901</v>
       </c>
       <c r="D42" s="7">
-        <v>133.19647449441197</v>
+        <v>141.27950513484419</v>
       </c>
       <c r="E42" s="7">
-        <v>116.55871365285444</v>
+        <v>114.78122630638164</v>
       </c>
     </row>
     <row r="43" spans="2:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B43" s="1"/>
       <c r="C43" s="6">
-        <v>45870</v>
+        <v>45931</v>
       </c>
       <c r="D43" s="7">
-        <v>128.27296364604169</v>
+        <v>155.00152363829389</v>
       </c>
       <c r="E43" s="7">
-        <v>117.52459901222494</v>
+        <v>115.60825317324512</v>
       </c>
     </row>
     <row r="44" spans="2:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B44" s="1"/>
       <c r="C44" s="6">
-        <v>45901</v>
+        <v>45962</v>
       </c>
       <c r="D44" s="7">
-        <v>141.27950513484419</v>
+        <v>157.78693874053334</v>
       </c>
       <c r="E44" s="7">
-        <v>114.78122630638164</v>
+        <v>111.22448979591834</v>
       </c>
     </row>
     <row r="45" spans="2:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="1"/>
       <c r="C45" s="6">
-        <v>45931</v>
+        <v>45992</v>
       </c>
       <c r="D45" s="7">
-        <v>155.00152363829389</v>
+        <v>147.35376044568244</v>
       </c>
       <c r="E45" s="7">
-        <v>115.60825317324512</v>
+        <v>110.04709576138146</v>
       </c>
     </row>
     <row r="46" spans="2:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="B46" s="1"/>
       <c r="C46" s="1"/>
       <c r="J46" s="1"/>
     </row>
     <row r="47" spans="2:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="B47" s="1"/>
       <c r="C47" s="1"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="J47" s="1"/>
     </row>
     <row r="48" spans="2:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="B48" s="1"/>
       <c r="C48" s="1"/>
       <c r="J48" s="1"/>
     </row>
     <row r="49" spans="2:10" hidden="1" x14ac:dyDescent="0.25">
       <c r="B49" s="1"/>
       <c r="C49" s="1"/>
       <c r="J49" s="1"/>
     </row>
     <row r="50" spans="2:10" hidden="1" x14ac:dyDescent="0.25">